--- v0 (2025-10-06)
+++ v1 (2026-02-21)
@@ -1,59 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="481B3666" w14:textId="01AC11E8" w:rsidR="0008234B" w:rsidRPr="009E7CD2" w:rsidRDefault="006B621A" w:rsidP="00062AAF">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="60F0148B" wp14:editId="75510CDB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4200525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1696085</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2314800" cy="1299600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="3" name="Textfeld 3"/>
@@ -147,69 +148,58 @@
                             </w:pPr>
                             <w:r w:rsidRPr="00097546">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="MayberryPro"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>House of Resources</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="167D340F" w14:textId="77777777" w:rsidR="006B621A" w:rsidRPr="00097546" w:rsidRDefault="00DA48EA" w:rsidP="00C616B7">
                             <w:pPr>
                               <w:pStyle w:val="EinfAbs"/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="-85"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="MayberryPro"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00097546">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="MayberryPro"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
-                              <w:t>Marktplatz</w:t>
-[...9 lines deleted...]
-                              <w:t xml:space="preserve"> 4 · 70173 Stuttgart</w:t>
+                              <w:t>Marktplatz 4 · 70173 Stuttgart</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5C42EC94" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRPr="00097546" w:rsidRDefault="00DA48EA" w:rsidP="00C616B7">
                             <w:pPr>
                               <w:pStyle w:val="EinfAbs"/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="-85"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="MayberryPro"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00097546">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="MayberryPro"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tel. 0711/248 48 08-</w:t>
                             </w:r>
                             <w:r w:rsidR="006B621A" w:rsidRPr="00097546">
                               <w:rPr>
@@ -575,73 +565,51 @@
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t>.de</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchory="page"/>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00062AAF" w:rsidRPr="009E7CD2">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">House </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Resources</w:t>
+        <w:t>House of Resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5702B2A8" w14:textId="77777777" w:rsidR="0008234B" w:rsidRPr="009E7CD2" w:rsidRDefault="0008234B" w:rsidP="0008234B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D8CBB70" w14:textId="30AB23B8" w:rsidR="0008234B" w:rsidRPr="00062AAF" w:rsidRDefault="00062AAF" w:rsidP="0008234B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -729,129 +697,93 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Kontrollkästchen10"/>
       <w:r w:rsidRPr="00842428">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="majorHAnsi" w:cs="Segoe UI Symbol"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00842428">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="majorHAnsi" w:cs="Segoe UI Symbol"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00842428">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="majorHAnsi" w:cs="Segoe UI Symbol"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00842428">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="majorHAnsi" w:cs="Segoe UI Symbol"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="majorHAnsi" w:cs="Segoe UI Symbol"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hiermit bestätige ich, dass die Erstberatung zu diesem Projekt beim House </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Resources Team vorbereitet und eingereicht werden.</w:t>
+        <w:t>Hiermit bestätige ich, dass die Erstberatung zu diesem Projekt beim House of Resources Stuttgart stattgefunden hat, auch wenn durch die Beratung weitere Anträge bei anderen Fördergebern mit dem House of Resources Team vorbereitet und eingereicht werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A5F56DA" w14:textId="3693E248" w:rsidR="00062AAF" w:rsidRPr="009E7CD2" w:rsidRDefault="00062AAF" w:rsidP="00044293">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9054"/>
       </w:tblGrid>
       <w:tr w:rsidR="00062AAF" w:rsidRPr="00062AAF" w14:paraId="1C040AAE" w14:textId="77777777" w:rsidTr="00062AAF">
@@ -948,71 +880,69 @@
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001718EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Adresse </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="001718EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">des </w:t>
             </w:r>
             <w:r w:rsidR="006B6434" w:rsidRPr="005255CD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Verein</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="006B6434">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Initiative</w:t>
             </w:r>
             <w:r w:rsidRPr="001718EA">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BCD14E0" w14:textId="77777777" w:rsidR="00335E1A" w:rsidRDefault="00DA454E" w:rsidP="00CA125A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -1952,382 +1882,382 @@
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabellenraster"/>
               <w:tblW w:w="8788" w:type="dxa"/>
               <w:tblInd w:w="0" w:type="dxa"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3005"/>
               <w:gridCol w:w="5783"/>
             </w:tblGrid>
             <w:tr w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w14:paraId="0AC3CC4E" w14:textId="77777777" w:rsidTr="00324305">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1710" w:type="pct"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="15B598B9" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="15B598B9" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Name </w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>des Projekts</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">: </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="3C901A69" w14:textId="23C69E5A" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="3C901A69" w14:textId="23C69E5A" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3290" w:type="pct"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7F521385" w14:textId="573F859D" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="7F521385" w14:textId="573F859D" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w14:paraId="2DC4C642" w14:textId="77777777" w:rsidTr="00324305">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1710" w:type="pct"/>
                   <w:tcBorders>
                     <w:left w:val="nil"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="391CDFE8" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="391CDFE8" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Wann</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>beginnt</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> das Projekt: </w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="148190E6" w14:textId="564F3E7B" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="148190E6" w14:textId="564F3E7B" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3290" w:type="pct"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="49A082BF" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="49A082BF" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w14:paraId="1D8F9F50" w14:textId="77777777" w:rsidTr="00324305">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1710" w:type="pct"/>
                   <w:tcBorders>
                     <w:left w:val="nil"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7E6DD347" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="7E6DD347" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Wann</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>endet</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> das Projekt:</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="70F6A8E4" w14:textId="3AF5B000" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="70F6A8E4" w14:textId="3AF5B000" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3290" w:type="pct"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="41BA27A4" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="41BA27A4" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w14:paraId="6CACA058" w14:textId="77777777" w:rsidTr="00324305">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1710" w:type="pct"/>
                   <w:tcBorders>
                     <w:left w:val="nil"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="29DF86A6" w14:textId="55BF6FCF" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="29DF86A6" w14:textId="55BF6FCF" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>Wo</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> findet das Projekt statt:</w:t>
                   </w:r>
                   <w:r w:rsidRPr="008F1AD1">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:tab/>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3290" w:type="pct"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="7F3D45D3" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="0009180A">
+                <w:p w14:paraId="7F3D45D3" w14:textId="77777777" w:rsidR="008F1AD1" w:rsidRPr="008F1AD1" w:rsidRDefault="008F1AD1" w:rsidP="00545612">
                   <w:pPr>
                     <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:y="1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="0"/>
                     </w:tabs>
                     <w:suppressOverlap/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="214C0E9B" w14:textId="7347A019" w:rsidR="00CA125A" w:rsidRPr="00CA125A" w:rsidRDefault="00AE17AC" w:rsidP="005C39EA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2519,781 +2449,597 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="039D414C" w14:textId="06871E68" w:rsidR="00CA125A" w:rsidRPr="00D32539" w:rsidRDefault="00CA125A" w:rsidP="007E150B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA125A" w14:paraId="312A0638" w14:textId="77777777" w:rsidTr="008F1AD1">
         <w:trPr>
           <w:trHeight w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D21C948" w14:textId="0626AD69" w:rsidR="00CA125A" w:rsidRDefault="00CA125A" w:rsidP="00215FCC">
+          <w:p w14:paraId="20BBED60" w14:textId="1378AC1D" w:rsidR="005C795D" w:rsidRDefault="005C795D" w:rsidP="005C795D">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
-              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D32539">
+              <w:t>Um was geht es in dem Projekt</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB5024">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-GB"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00B80F4C">
+              </w:rPr>
+              <w:t xml:space="preserve">, welche Aktivitäten sind geplant </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB5024">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(z. B. Workshop, Schulungen, Veranstaltungen)</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Was </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00324305">
+              <w:t xml:space="preserve"> und welches </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ziel soll damit erreicht werden? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DACFA5F" w14:textId="7751AD77" w:rsidR="00965A07" w:rsidRDefault="005C795D" w:rsidP="005C795D">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>wollen</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B80F4C">
+            </w:pPr>
+            <w:r w:rsidRPr="004E6A5C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Sie</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00900C5D">
+              <w:t>(kurze Beschreibung)</w:t>
+            </w:r>
+            <w:r w:rsidR="00965A07">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00324305">
+          </w:p>
+          <w:p w14:paraId="6D21C948" w14:textId="48DA41BB" w:rsidR="00CA125A" w:rsidRPr="005C795D" w:rsidRDefault="00965A07" w:rsidP="005C795D">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>machen</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00900C5D">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
-                <w:bCs/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">? </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7686EC74" w14:textId="77777777" w:rsidR="00CA125A" w:rsidRDefault="00CA125A" w:rsidP="005C39EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA125A" w14:paraId="2F67070C" w14:textId="77777777" w:rsidTr="008F1AD1">
         <w:trPr>
           <w:trHeight w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39F39235" w14:textId="0FC2D331" w:rsidR="00CB66B4" w:rsidRDefault="00B80F4C" w:rsidP="00215FCC">
+          <w:p w14:paraId="7A658CE0" w14:textId="77777777" w:rsidR="00965A07" w:rsidRPr="00965A07" w:rsidRDefault="00965A07" w:rsidP="00965A07">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B6CBF1C" w14:textId="18C22959" w:rsidR="007D4F8D" w:rsidRDefault="002F2DAD" w:rsidP="00E43858">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
-              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wer ist die </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F2DAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zielgruppe </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>des Projekts und welche besonderen Bedürfnisse hat sie?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39F39235" w14:textId="17B01F22" w:rsidR="00CB66B4" w:rsidRDefault="00215FCC" w:rsidP="00B82FEC">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...28 lines deleted...]
-            <w:r w:rsidR="00215FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
           <w:p w14:paraId="343D515C" w14:textId="77777777" w:rsidR="00CA125A" w:rsidRDefault="00CA125A" w:rsidP="00CB66B4">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA125A" w14:paraId="3DF0BBCA" w14:textId="77777777" w:rsidTr="008F1AD1">
-[...251 lines deleted...]
-      <w:tr w:rsidR="00CA125A" w14:paraId="5974CB8F" w14:textId="77777777" w:rsidTr="008F1AD1">
+      <w:tr w:rsidR="00B82FEC" w14:paraId="3CC9D9BC" w14:textId="77777777" w:rsidTr="008F1AD1">
         <w:trPr>
           <w:trHeight w:val="2552"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A11E872" w14:textId="55165AE8" w:rsidR="00CA125A" w:rsidRDefault="00CA125A" w:rsidP="00944EE4">
+          <w:p w14:paraId="047A3D7D" w14:textId="0C8665C5" w:rsidR="004654AF" w:rsidRPr="004654AF" w:rsidRDefault="004654AF" w:rsidP="00D14B16">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
-              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965A07">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wie viele Personen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965A07">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve"> werden voraussichtlich am Projekt teilnehmen?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6B9897" w14:textId="632F9583" w:rsidR="00B82FEC" w:rsidRPr="00D14B16" w:rsidRDefault="00B82FEC" w:rsidP="004654AF">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B82FEC" w14:paraId="01A48965" w14:textId="77777777" w:rsidTr="008F1AD1">
+        <w:trPr>
+          <w:trHeight w:val="2552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BBC407" w14:textId="77777777" w:rsidR="00DA6915" w:rsidRDefault="00DA6915" w:rsidP="00DA6915">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Wie unterstützt das</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00856416">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Projekt den</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00856416">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gesellschaftlichen Zusammenhalt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> und </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A70237">
+              <w:t>wie vernetzt es die Zielgruppe mit anderen Menschen in der Stadt?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53766F9C" w14:textId="30B7DBFB" w:rsidR="00B82FEC" w:rsidRDefault="00B82FEC" w:rsidP="00965A07">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B82FEC" w14:paraId="4DEE37F0" w14:textId="77777777" w:rsidTr="008F1AD1">
+        <w:trPr>
+          <w:trHeight w:val="2552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA3833A" w14:textId="22906D7D" w:rsidR="00B82FEC" w:rsidRPr="000E2B2D" w:rsidRDefault="00B82FEC" w:rsidP="005C795D">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Kooperationspartner</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>? Wenn ja, welche? Welche Aufgaben übernehmen sie?</w:t>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:t>Wer führt das Projekt durch? (z. B. Verein/Initiative, externe Referent*innen, Ehrenamtliche)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA125A" w14:paraId="5C53D694" w14:textId="77777777" w:rsidTr="008F1AD1">
         <w:trPr>
           <w:trHeight w:val="2802"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9054" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="135945EC" w14:textId="5D23EFD5" w:rsidR="0014072C" w:rsidRPr="00A9799B" w:rsidRDefault="00A658C7" w:rsidP="00151256">
+          <w:p w14:paraId="1E268395" w14:textId="06451F29" w:rsidR="00BE7ABF" w:rsidRDefault="000E2F4E" w:rsidP="00BE7ABF">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
-              <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7ABF">
+              <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Was für</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C36190">
+              <w:t xml:space="preserve"> Gibt es </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7ABF" w:rsidRPr="00A70237">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kooperationspartner</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE7ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Projekte</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>? Wenn ja, welche und welche Aufgaben übernehmen sie?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C38DBC4" w14:textId="77777777" w:rsidR="00CA125A" w:rsidRDefault="00CA125A" w:rsidP="00BE7ABF">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> hat Ihr Verein </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008871E6">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E2F4E" w14:paraId="47B251EE" w14:textId="77777777" w:rsidTr="008F1AD1">
+        <w:trPr>
+          <w:trHeight w:val="2802"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9054" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DB8C50" w14:textId="77777777" w:rsidR="00BE7ABF" w:rsidRDefault="00BE7ABF" w:rsidP="00BE7ABF">
+            <w:pPr>
+              <w:pStyle w:val="berschrift2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">bisher </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>schon</w:t>
-[...19 lines deleted...]
-              <w:t>hgeführt?</w:t>
+              <w:t>Wie stärkt das Projekt den Verein/die Initiative und fördert seine Weiterentwicklung?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30506FC3" w14:textId="289C588B" w:rsidR="00A9799B" w:rsidRDefault="006C20FE" w:rsidP="005C39EA">
+          <w:p w14:paraId="5A7B4FD4" w14:textId="77777777" w:rsidR="000E2F4E" w:rsidRDefault="000E2F4E" w:rsidP="000E2F4E">
             <w:pPr>
               <w:pStyle w:val="berschrift2"/>
-              <w:outlineLvl w:val="1"/>
-[...125 lines deleted...]
-              <w:outlineLvl w:val="1"/>
+              <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="680850FC" w14:textId="7F4E0B3E" w:rsidR="00062AAF" w:rsidRDefault="00062AAF" w:rsidP="00044293">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="MayberryPro"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="487B6959" w14:textId="00D5E657" w:rsidR="00A906AD" w:rsidRDefault="00807250" w:rsidP="005C39EA">
@@ -3323,148 +3069,166 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ausgefüllten Finanzplan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit. Dieser Antrag wird sonst abgelehnt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A7E1924" w14:textId="77777777" w:rsidR="005C39EA" w:rsidRPr="005C39EA" w:rsidRDefault="005C39EA" w:rsidP="005C39EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="329750EC" w14:textId="4B332D94" w:rsidR="005C39EA" w:rsidRDefault="00757248" w:rsidP="005C39EA">
+    <w:p w14:paraId="329750EC" w14:textId="3D3036E8" w:rsidR="005C39EA" w:rsidRDefault="00757248" w:rsidP="005C39EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bitte beachten Sie unsere</w:t>
       </w:r>
       <w:r w:rsidR="005C39EA" w:rsidRPr="005C39EA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Datenschutzhineweise</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">. Diese finden Sie </w:t>
+        <w:t xml:space="preserve">Datenschutzhinweise. Diese finden Sie </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00757248">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>hier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3670F5E7" w14:textId="77777777" w:rsidR="00533D04" w:rsidRPr="005C39EA" w:rsidRDefault="00533D04" w:rsidP="005C39EA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39656E6F" w14:textId="77777777" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
+    <w:p w14:paraId="7B9E0B01" w14:textId="77777777" w:rsidR="001A644A" w:rsidRDefault="001A644A" w:rsidP="00757248">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="556F75A9" w14:textId="77777777" w:rsidR="001A644A" w:rsidRDefault="001A644A" w:rsidP="00757248">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39656E6F" w14:textId="79192A0F" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00757248">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Der Verein /Die Institution steht dafür ein, dass er/sie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034A79BC" w14:textId="77777777" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00757248">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
@@ -3556,111 +3320,107 @@
       </w:pPr>
       <w:r w:rsidRPr="00757248">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Nutzungsrechte werden zeitlich und räumlich unbeschränkt übertragen. Der Verein Forum der Kulturen Stuttgart e.V. ist berechtigt, die Fotos und Texte zum Zwecke der vereinbarten Veröffentlichung zu bearbeiten und die Bearbeitungen in gleicher Weise zu nutzen. Sollte es zur Umsetzung der vorbezeichneten Nutzung notwendig sein, ist das Forum der Kulturen e.V. berechtigt, die Nutzungsrechte auf Dritte zu übertragen, z.B. im Falle der Nutzung in sozialen Netzwerken. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2673DFF3" w14:textId="77777777" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46632C11" w14:textId="77777777" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
+    <w:p w14:paraId="46632C11" w14:textId="298F81E8" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00757248">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Einräumung der Nutzungsrechte erfolgt unentgeltlich, zur Unterstützung der Bekanntmachung des Vereins/der Institution auf den Webauftritten </w:t>
+        <w:t>Die Einräumung der Nutzungsrechte erfolgt unentgeltlich, zur Unterstützung der Bekanntmachung des Vereins/der Institution auf den Webauftritten des Forum</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FA5404">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidRPr="00757248">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>des Forum</w:t>
+        <w:t xml:space="preserve"> der Kulturen Stuttgart e. V. Für die Präsentation und Bekanntmachung des Vereins/der Institutionen erhebt d</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FA5404">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
       <w:r w:rsidRPr="00757248">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> der Kulturen Stuttgart e. V. Für die Präsentation und Bekanntmachung des Vereins/der Institutionen erhebt </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> der Kulturen Stuttgart e.V. keine Gebühren.</w:t>
+        <w:t xml:space="preserve"> Forum der Kulturen Stuttgart e.V. keine Gebühren.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659E6A41" w14:textId="77777777" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="095F36E7" w14:textId="77777777" w:rsidR="00757248" w:rsidRPr="00757248" w:rsidRDefault="00757248" w:rsidP="00757248">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -3700,86 +3460,87 @@
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00757248">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sofern bezüglich dem Verein Forum der Kulturen Stuttgart e.V. überlassenen Fotos eine Einwilligung der abgebildeten Person erforderlich ist, haben wir diese eingeholt. Die Einwilligungserklärungen werden dem Verein Forum der Kulturen Stuttgart e.V., sofern nicht bereits als Anlage beigefügt, übermittelt. Falls die Fotos auf Veranstaltungen gefertigt wurden, sichern wir zu, dass wir die abgebildeten Personen gemäß den Vorgaben des Datenschutzrechts ordnungsgemäß informiert haben.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA125A" w:rsidRPr="0009180A" w:rsidSect="000019E2">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="2835" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27ADFD37" w14:textId="77777777" w:rsidR="00C7650C" w:rsidRDefault="00C7650C" w:rsidP="00082A23">
+    <w:p w14:paraId="6AF51543" w14:textId="77777777" w:rsidR="00B54701" w:rsidRDefault="00B54701" w:rsidP="00082A23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EE6E984" w14:textId="77777777" w:rsidR="00C7650C" w:rsidRDefault="00C7650C" w:rsidP="00082A23">
+    <w:p w14:paraId="6EC92044" w14:textId="77777777" w:rsidR="00B54701" w:rsidRDefault="00B54701" w:rsidP="00082A23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
@@ -3830,89 +3591,89 @@
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="658117FA" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRDefault="00DA48EA" w:rsidP="00C80B3C">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2481B9E6" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRDefault="00DA48EA" w:rsidP="001C2570">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="73B9B0CA" w14:textId="77777777" w:rsidR="00C80B3C" w:rsidRPr="00C80B3C" w:rsidRDefault="0063488D" w:rsidP="00B36E5A">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="Seitenzahl"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -3953,194 +3714,204 @@
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00C80B3C" w:rsidRPr="00C80B3C">
           <w:rPr>
             <w:rStyle w:val="Seitenzahl"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:noProof/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00C80B3C" w:rsidRPr="00C80B3C">
           <w:rPr>
             <w:rStyle w:val="Seitenzahl"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="35C0246D" w14:textId="359123FE" w:rsidR="00DA48EA" w:rsidRPr="00C80B3C" w:rsidRDefault="00C80B3C" w:rsidP="001C2570">
+  <w:p w14:paraId="35C0246D" w14:textId="627023D2" w:rsidR="00DA48EA" w:rsidRPr="00C80B3C" w:rsidRDefault="00C80B3C" w:rsidP="001C2570">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="4000"/>
       </w:tabs>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C80B3C">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00C80B3C">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00C80B3C">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Stand </w:t>
     </w:r>
     <w:r w:rsidR="0039065D">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00757248">
+    <w:r w:rsidR="00545612">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="0039065D">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidRPr="00C80B3C">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="008B43B2">
+    <w:r w:rsidR="00545612">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1EB16129" w14:textId="77777777" w:rsidR="00545612" w:rsidRDefault="00545612">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="483460EB" w14:textId="77777777" w:rsidR="00C7650C" w:rsidRDefault="00C7650C" w:rsidP="00082A23">
+    <w:p w14:paraId="3AAA7E00" w14:textId="77777777" w:rsidR="00B54701" w:rsidRDefault="00B54701" w:rsidP="00082A23">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32901F04" w14:textId="77777777" w:rsidR="00C7650C" w:rsidRDefault="00C7650C" w:rsidP="00082A23">
+    <w:p w14:paraId="4AD3C5C8" w14:textId="77777777" w:rsidR="00B54701" w:rsidRDefault="00B54701" w:rsidP="00082A23">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6CAA78F6" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRDefault="00C7650C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6CAA78F6" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRDefault="00B54701">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="35648D80">
+      <w:pict w14:anchorId="1964D6F7">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark2" o:spid="_x0000_s1026" type="#_x0000_t75" alt="Briefpapier_rot_neu" style="position:absolute;margin-left:0;margin-top:0;width:612.3pt;height:858.9pt;z-index:-251659264;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" wrapcoords="-26 0 -26 21562 847 21562 847 3320 7702 3301 19482 3131 19455 2584 19058 2112 19058 1716 847 1509 847 0 -26 0">
           <v:imagedata r:id="rId1" o:title="Briefpapier_rot_neu"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1533CE2C" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRDefault="006A1724">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D953BF1" wp14:editId="11298198">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1050538</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7736205" cy="10799445"/>
               <wp:effectExtent l="38100" t="0" r="0" b="33655"/>
               <wp:wrapNone/>
               <wp:docPr id="14" name="Gruppieren 14"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4319,91 +4090,91 @@
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
               <v:shape id="Grafik 5" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:39773;top:6559;width:37592;height:9271;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqmfkXwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8JA&#10;EITfC/0Pxxb6Vi9KWyT1FBWEgiA0CcXHJbcmwdxezK0x/fdeodDHYWa+YRar0bVqoD40ng1MJwko&#10;4tLbhisDRb57mYMKgmyx9UwGfijAavn4sMDU+ht/0ZBJpSKEQ4oGapEu1TqUNTkME98RR+/ke4cS&#10;ZV9p2+Mtwl2rZ0nyrh02HBdq7GhbU3nOrs7AXvbDMf/eJcXl9VAci7yRyyYz5vlpXH+AEhrlP/zX&#10;/rQG3uD3SrwBenkHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqpn5F8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                 <v:imagedata r:id="rId2" o:title=""/>
               </v:shape>
               <v:group id="Gruppieren 13" o:spid="_x0000_s1028" style="position:absolute;width:2514;height:107994" coordsize="2520,108000" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTSotJbqGIFZ6CEK1IN6G7JgEs7Mhu+bx77tCobf5+J6zTkfTiJ46V1tWEC8iEMSF&#10;1TWXCn5Ony8fIJxH1thYJgUTOUg3s6c1JtoO/E390ZcihLBLUEHlfZtI6YqKDLqFbYkDd7WdQR9g&#10;V0rd4RDCTSNfo+hdGqw5NFTY0rai4na8GwX7AYdsGe/6/HbdTpfT2+Gcx6TU83zMViA8jf5f/Of+&#10;0mH+Eh6/hAPk5hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                 <v:line id="Gerade Verbindung 6" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="1667,0" to="1667,108000" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAI411iwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeAUvollFRbZGKQVBSj24tj0/Ns/N4uZlSaK7/feNIHgcZuYbZr3tbSNu5EPtWMF0koEg&#10;Lp2uuVLwfdqNVyBCRNbYOCYFfxRgu3kZrDHXruMj3YpYiQThkKMCE2ObSxlKQxbDxLXEyTs7bzEm&#10;6SupPXYJbhs5y7KltFhzWjDY0oeh8lJcrYLD3H4Wpf/96ub8s7AGR4eAI6WGr/37G4hIfXyGH+29&#10;VrCE+5V0A+TmHwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAjjXWLBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokecolor="#f4982e" strokeweight="24pt"/>
                 <v:line id="Gerade Verbindung 8" o:spid="_x0000_s1030" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,36730" to="2520,36730" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOlTc5vAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JCsIw&#10;EL0L/kMYwZumChapRnEFD15cQLwNzdgWm0lpola/3hwEj4+3T+eNKcWTaldYVjDoRyCIU6sLzhSc&#10;T9veGITzyBpLy6TgTQ7ms3Zriom2Lz7Q8+gzEULYJagg975KpHRpTgZd31bEgbvZ2qAPsM6krvEV&#10;wk0ph1EUS4MFh4YcK1rllN6PD6NgvcT48/BEpbxdNsN9PBpH9qpUt9MsJiA8Nf4v/rl3WkHYGq6E&#10;GyBnXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAAAAAA&#10;AAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOlTc5vAAAANoAAAAPAAAAAAAAAAAA&#10;AAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8AIAAAAA&#10;" strokecolor="white [3212]" strokeweight=".5pt">
                   <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
                 </v:line>
                 <v:line id="Gerade Verbindung 12" o:spid="_x0000_s1031" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,72113" to="2520,72113" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWFhQOwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L/ocwgjdNLVikayq77goevOguiLehmT7YZlKaqNVfbwTB23x8z1muetOIC3WutqxgNo1AEOdW&#10;11wq+PvdTBYgnEfW2FgmBTdysMqGgyWm2l55T5eDL0UIYZeigsr7NpXS5RUZdFPbEgeusJ1BH2BX&#10;St3hNYSbRsZRlEiDNYeGCltaV5T/H85GwfcXJvezJ2pkcfyJd8l8EdmTUuNR//kBwlPv3+KXe6vD&#10;/Biev4QDZPYAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVhYUDsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" strokecolor="white [3212]" strokeweight=".5pt">
                   <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
                 </v:line>
               </v:group>
               <w10:wrap anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3541646D" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRDefault="00C7650C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3541646D" w14:textId="77777777" w:rsidR="00DA48EA" w:rsidRDefault="00B54701">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="005D4D35">
+      <w:pict w14:anchorId="59E81DEE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark3" o:spid="_x0000_s1025" type="#_x0000_t75" alt="Briefpapier_rot_neu" style="position:absolute;margin-left:0;margin-top:0;width:612.3pt;height:858.9pt;z-index:-251658240;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" wrapcoords="-26 0 -26 21562 847 21562 847 3320 7702 3301 19482 3131 19455 2584 19058 2112 19058 1716 847 1509 847 0 -26 0">
           <v:imagedata r:id="rId1" o:title="Briefpapier_rot_neu"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AB4047"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C54A5884"/>
     <w:lvl w:ilvl="0" w:tplc="C87EFCE6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5567,391 +5338,422 @@
   <w:num w:numId="5" w16cid:durableId="356126947">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1667124150">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="769542211">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="705830568">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="580483467">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="739450209">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1478260628">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00062AAF"/>
     <w:rsid w:val="000019E2"/>
     <w:rsid w:val="000022F9"/>
     <w:rsid w:val="00010C33"/>
     <w:rsid w:val="00032F51"/>
     <w:rsid w:val="00044293"/>
     <w:rsid w:val="00054157"/>
     <w:rsid w:val="00060E8B"/>
     <w:rsid w:val="00062AAF"/>
     <w:rsid w:val="00063546"/>
     <w:rsid w:val="00072414"/>
     <w:rsid w:val="00077126"/>
     <w:rsid w:val="00080606"/>
     <w:rsid w:val="0008234B"/>
     <w:rsid w:val="00082A23"/>
     <w:rsid w:val="0009180A"/>
     <w:rsid w:val="00096555"/>
     <w:rsid w:val="00097546"/>
     <w:rsid w:val="000B3829"/>
     <w:rsid w:val="000C55EF"/>
     <w:rsid w:val="000E2A5B"/>
     <w:rsid w:val="000E2B2D"/>
+    <w:rsid w:val="000E2F4E"/>
     <w:rsid w:val="000E37CE"/>
     <w:rsid w:val="000F5736"/>
     <w:rsid w:val="000F7976"/>
     <w:rsid w:val="00101F6F"/>
     <w:rsid w:val="001106E7"/>
     <w:rsid w:val="00114B2B"/>
     <w:rsid w:val="00117D01"/>
     <w:rsid w:val="001315A9"/>
     <w:rsid w:val="0014072C"/>
     <w:rsid w:val="00151256"/>
     <w:rsid w:val="00160800"/>
+    <w:rsid w:val="00166503"/>
     <w:rsid w:val="001718EA"/>
     <w:rsid w:val="001803A5"/>
     <w:rsid w:val="00181749"/>
     <w:rsid w:val="0018430A"/>
     <w:rsid w:val="00186079"/>
     <w:rsid w:val="00193FB9"/>
     <w:rsid w:val="00197256"/>
+    <w:rsid w:val="001A644A"/>
     <w:rsid w:val="001C2570"/>
+    <w:rsid w:val="001C3B6D"/>
     <w:rsid w:val="001E472B"/>
+    <w:rsid w:val="00214182"/>
     <w:rsid w:val="00215FCC"/>
     <w:rsid w:val="002210DB"/>
     <w:rsid w:val="00246BF9"/>
     <w:rsid w:val="0026618A"/>
     <w:rsid w:val="00270960"/>
     <w:rsid w:val="002877C6"/>
     <w:rsid w:val="0029054A"/>
     <w:rsid w:val="00295549"/>
     <w:rsid w:val="002A697F"/>
     <w:rsid w:val="002C0F91"/>
     <w:rsid w:val="002C74B1"/>
+    <w:rsid w:val="002D2954"/>
+    <w:rsid w:val="002F2DAD"/>
+    <w:rsid w:val="002F32E5"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00324305"/>
     <w:rsid w:val="00324742"/>
     <w:rsid w:val="00325DE8"/>
     <w:rsid w:val="003275F1"/>
     <w:rsid w:val="003324CE"/>
     <w:rsid w:val="0033468C"/>
     <w:rsid w:val="00335AB6"/>
     <w:rsid w:val="00335E1A"/>
     <w:rsid w:val="00362AA9"/>
     <w:rsid w:val="0039065D"/>
     <w:rsid w:val="003A6FF3"/>
     <w:rsid w:val="003A7BC7"/>
     <w:rsid w:val="003C393A"/>
     <w:rsid w:val="003D3578"/>
     <w:rsid w:val="003D77AD"/>
     <w:rsid w:val="003E0F1D"/>
     <w:rsid w:val="003E77A7"/>
     <w:rsid w:val="003F6157"/>
     <w:rsid w:val="004349F6"/>
     <w:rsid w:val="00441744"/>
     <w:rsid w:val="00447A52"/>
     <w:rsid w:val="00450CDC"/>
     <w:rsid w:val="004529A9"/>
+    <w:rsid w:val="004654AF"/>
     <w:rsid w:val="00474059"/>
     <w:rsid w:val="00480E9B"/>
     <w:rsid w:val="00483993"/>
     <w:rsid w:val="0048458A"/>
     <w:rsid w:val="00497860"/>
     <w:rsid w:val="004B6A79"/>
     <w:rsid w:val="004D2A31"/>
     <w:rsid w:val="004D62CA"/>
     <w:rsid w:val="004E3748"/>
+    <w:rsid w:val="004F5AFA"/>
     <w:rsid w:val="005062DE"/>
     <w:rsid w:val="00514B3D"/>
     <w:rsid w:val="005162A1"/>
     <w:rsid w:val="005170D3"/>
     <w:rsid w:val="005255CD"/>
     <w:rsid w:val="00533D04"/>
+    <w:rsid w:val="00545612"/>
     <w:rsid w:val="00565158"/>
     <w:rsid w:val="00577A60"/>
     <w:rsid w:val="005817DC"/>
     <w:rsid w:val="00586F39"/>
     <w:rsid w:val="00596BAC"/>
     <w:rsid w:val="005C3093"/>
     <w:rsid w:val="005C39EA"/>
+    <w:rsid w:val="005C795D"/>
     <w:rsid w:val="005D5586"/>
     <w:rsid w:val="005E1FB2"/>
     <w:rsid w:val="005E7B68"/>
     <w:rsid w:val="00602E7E"/>
     <w:rsid w:val="0060534A"/>
     <w:rsid w:val="006058EF"/>
     <w:rsid w:val="00615DE6"/>
     <w:rsid w:val="006219E1"/>
     <w:rsid w:val="006256E8"/>
     <w:rsid w:val="00627F20"/>
     <w:rsid w:val="0063488D"/>
     <w:rsid w:val="0066012E"/>
     <w:rsid w:val="00662F84"/>
     <w:rsid w:val="00664C82"/>
     <w:rsid w:val="0066561A"/>
     <w:rsid w:val="0067357B"/>
     <w:rsid w:val="00682189"/>
     <w:rsid w:val="00685ED5"/>
     <w:rsid w:val="00690641"/>
     <w:rsid w:val="00692CBC"/>
     <w:rsid w:val="00697A6E"/>
     <w:rsid w:val="006A1724"/>
     <w:rsid w:val="006A7B6C"/>
     <w:rsid w:val="006B621A"/>
     <w:rsid w:val="006B6434"/>
     <w:rsid w:val="006C1F1F"/>
     <w:rsid w:val="006C20FE"/>
     <w:rsid w:val="00700013"/>
     <w:rsid w:val="00720C1D"/>
     <w:rsid w:val="00722077"/>
     <w:rsid w:val="00723AF3"/>
     <w:rsid w:val="00731FEB"/>
     <w:rsid w:val="007373DE"/>
     <w:rsid w:val="007417E3"/>
     <w:rsid w:val="00757248"/>
     <w:rsid w:val="00763498"/>
     <w:rsid w:val="00780E53"/>
     <w:rsid w:val="007822FB"/>
     <w:rsid w:val="00785592"/>
     <w:rsid w:val="007A2D6C"/>
+    <w:rsid w:val="007D4F8D"/>
     <w:rsid w:val="007D7905"/>
     <w:rsid w:val="007E150B"/>
+    <w:rsid w:val="007E1D18"/>
     <w:rsid w:val="007F7F4A"/>
     <w:rsid w:val="00801206"/>
     <w:rsid w:val="00807250"/>
     <w:rsid w:val="00813E7F"/>
     <w:rsid w:val="0084786B"/>
     <w:rsid w:val="00857E53"/>
     <w:rsid w:val="00862473"/>
     <w:rsid w:val="00874E1C"/>
     <w:rsid w:val="008871E6"/>
     <w:rsid w:val="008B19CA"/>
     <w:rsid w:val="008B3258"/>
     <w:rsid w:val="008B32BF"/>
     <w:rsid w:val="008B43B2"/>
     <w:rsid w:val="008D11ED"/>
     <w:rsid w:val="008D24E1"/>
     <w:rsid w:val="008F1AD1"/>
     <w:rsid w:val="008F2AE8"/>
     <w:rsid w:val="008F3A68"/>
     <w:rsid w:val="008F4A0D"/>
     <w:rsid w:val="008F6A0B"/>
     <w:rsid w:val="008F7177"/>
     <w:rsid w:val="00900C5D"/>
     <w:rsid w:val="00902381"/>
     <w:rsid w:val="009116A6"/>
     <w:rsid w:val="009123D8"/>
     <w:rsid w:val="009163AC"/>
     <w:rsid w:val="00916A7F"/>
     <w:rsid w:val="009369AB"/>
     <w:rsid w:val="00944EE4"/>
     <w:rsid w:val="00955638"/>
+    <w:rsid w:val="00965A07"/>
     <w:rsid w:val="009662D1"/>
     <w:rsid w:val="00966784"/>
     <w:rsid w:val="00971DA0"/>
     <w:rsid w:val="009A3D86"/>
     <w:rsid w:val="009B1381"/>
     <w:rsid w:val="009D36BE"/>
     <w:rsid w:val="009E242A"/>
     <w:rsid w:val="009E7CD2"/>
     <w:rsid w:val="009F22B4"/>
     <w:rsid w:val="00A11D08"/>
     <w:rsid w:val="00A11DE9"/>
     <w:rsid w:val="00A13BE6"/>
     <w:rsid w:val="00A36FC3"/>
     <w:rsid w:val="00A5715A"/>
     <w:rsid w:val="00A658C7"/>
     <w:rsid w:val="00A70237"/>
     <w:rsid w:val="00A906AD"/>
     <w:rsid w:val="00A9799B"/>
     <w:rsid w:val="00AA45BD"/>
     <w:rsid w:val="00AC7836"/>
     <w:rsid w:val="00AD7BBD"/>
     <w:rsid w:val="00AE17AC"/>
     <w:rsid w:val="00AE6AD9"/>
     <w:rsid w:val="00B074B7"/>
     <w:rsid w:val="00B14829"/>
     <w:rsid w:val="00B14C20"/>
     <w:rsid w:val="00B33FEE"/>
     <w:rsid w:val="00B34666"/>
     <w:rsid w:val="00B47989"/>
+    <w:rsid w:val="00B54701"/>
     <w:rsid w:val="00B6140D"/>
+    <w:rsid w:val="00B67978"/>
     <w:rsid w:val="00B765A6"/>
     <w:rsid w:val="00B80F4C"/>
+    <w:rsid w:val="00B82FEC"/>
     <w:rsid w:val="00B97BE0"/>
     <w:rsid w:val="00BB2845"/>
     <w:rsid w:val="00BB3183"/>
     <w:rsid w:val="00BC30F8"/>
+    <w:rsid w:val="00BE7ABF"/>
+    <w:rsid w:val="00BF7F73"/>
     <w:rsid w:val="00C25587"/>
     <w:rsid w:val="00C33123"/>
     <w:rsid w:val="00C36138"/>
     <w:rsid w:val="00C36190"/>
     <w:rsid w:val="00C43488"/>
     <w:rsid w:val="00C47E93"/>
+    <w:rsid w:val="00C47EF6"/>
     <w:rsid w:val="00C616B7"/>
     <w:rsid w:val="00C64A62"/>
     <w:rsid w:val="00C7650C"/>
     <w:rsid w:val="00C80B3C"/>
     <w:rsid w:val="00C853F4"/>
     <w:rsid w:val="00CA103B"/>
     <w:rsid w:val="00CA125A"/>
     <w:rsid w:val="00CA6355"/>
+    <w:rsid w:val="00CB576A"/>
     <w:rsid w:val="00CB66B4"/>
     <w:rsid w:val="00CC72A8"/>
     <w:rsid w:val="00CE1EE5"/>
     <w:rsid w:val="00CE3CED"/>
     <w:rsid w:val="00CF59FD"/>
     <w:rsid w:val="00D01B56"/>
     <w:rsid w:val="00D11529"/>
+    <w:rsid w:val="00D14B16"/>
+    <w:rsid w:val="00D22349"/>
     <w:rsid w:val="00D23CFB"/>
+    <w:rsid w:val="00D26539"/>
     <w:rsid w:val="00D266A2"/>
     <w:rsid w:val="00D32539"/>
     <w:rsid w:val="00D37BE2"/>
     <w:rsid w:val="00D44091"/>
+    <w:rsid w:val="00D57BBC"/>
     <w:rsid w:val="00D600C4"/>
     <w:rsid w:val="00D609CE"/>
     <w:rsid w:val="00D836FC"/>
     <w:rsid w:val="00D87EF7"/>
     <w:rsid w:val="00D93406"/>
     <w:rsid w:val="00DA1878"/>
     <w:rsid w:val="00DA26C2"/>
     <w:rsid w:val="00DA454E"/>
     <w:rsid w:val="00DA48EA"/>
     <w:rsid w:val="00DA5CC9"/>
+    <w:rsid w:val="00DA6915"/>
     <w:rsid w:val="00DB4280"/>
+    <w:rsid w:val="00DE60FB"/>
     <w:rsid w:val="00E07D96"/>
     <w:rsid w:val="00E13A84"/>
     <w:rsid w:val="00E20558"/>
     <w:rsid w:val="00E31506"/>
+    <w:rsid w:val="00E43858"/>
     <w:rsid w:val="00E43A7E"/>
     <w:rsid w:val="00E81A38"/>
     <w:rsid w:val="00E9132D"/>
     <w:rsid w:val="00E92221"/>
     <w:rsid w:val="00E969ED"/>
     <w:rsid w:val="00EA5225"/>
     <w:rsid w:val="00EB5A97"/>
     <w:rsid w:val="00ED0CC8"/>
     <w:rsid w:val="00ED5D51"/>
     <w:rsid w:val="00EE46E2"/>
     <w:rsid w:val="00EE5137"/>
     <w:rsid w:val="00F02ABE"/>
     <w:rsid w:val="00F0733A"/>
     <w:rsid w:val="00F161D2"/>
     <w:rsid w:val="00F2107A"/>
     <w:rsid w:val="00F53C52"/>
     <w:rsid w:val="00F620AE"/>
     <w:rsid w:val="00F76C12"/>
     <w:rsid w:val="00F812AE"/>
     <w:rsid w:val="00F8670C"/>
     <w:rsid w:val="00F9415A"/>
     <w:rsid w:val="00F976D7"/>
+    <w:rsid w:val="00FA5404"/>
     <w:rsid w:val="00FA6BFC"/>
+    <w:rsid w:val="00FB5024"/>
     <w:rsid w:val="00FB5579"/>
     <w:rsid w:val="00FB6A82"/>
+    <w:rsid w:val="00FB6C34"/>
     <w:rsid w:val="00FC6380"/>
     <w:rsid w:val="00FD008C"/>
     <w:rsid w:val="00FE291F"/>
     <w:rsid w:val="00FE4E5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="33F128A0"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{C50B7A2D-44E3-4D54-877D-F2FA00A4C0A1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6618,55 +6420,66 @@
     <w:semiHidden/>
     <w:rsid w:val="00C47E93"/>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A11DE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BesuchterLink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A11DE9"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hervorhebung">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D14B16"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="43138429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="56365064">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6981,51 +6794,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2049790046">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forum-der-kulturen.de/datenschutzerklaerung/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.forum-der-kulturen.de/datenschutzerklaerung/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///K:\Forum\00_Neu\200623_Vorlage_Hochformat_Orange.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-Design">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7340,71 +7153,71 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4CCD580-946F-B743-A297-7C287EC1DFD0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>K:\Forum\00_Neu\200623_Vorlage_Hochformat_Orange.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3024</Characters>
+  <Pages>4</Pages>
+  <Words>522</Words>
+  <Characters>3294</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Forum der Kulturen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3498</CharactersWithSpaces>
+  <CharactersWithSpaces>3809</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Daniel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>